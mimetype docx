--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -2,366 +2,398 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    <w:p w14:paraId="189853AB" w14:textId="564EAD0D" w:rsidR="003A4558" w:rsidRPr="003A4558" w:rsidRDefault="003A4558" w:rsidP="007232BF">
+      <w:pPr>
+        <w:pStyle w:val="Rahmeninhalt"/>
+        <w:spacing w:before="0" w:after="0" w:line="336" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4218A960" w14:textId="244F7DC2" w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:pStyle w:val="Rahmeninhalt"/>
         <w:spacing w:before="0" w:after="0" w:line="336" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>[Absenderfirma], [Absendername], [Absenderadresse]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031AE6" w:rsidRPr="00664FCE" w:rsidRDefault="00031AE6" w:rsidP="007232BF">
+    <w:p w14:paraId="47269E91" w14:textId="77777777" w:rsidR="00031AE6" w:rsidRPr="00664FCE" w:rsidRDefault="00031AE6" w:rsidP="007232BF">
       <w:pPr>
         <w:spacing w:after="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    <w:p w14:paraId="7259053D" w14:textId="77777777" w:rsidR="003A4558" w:rsidRPr="003A4558" w:rsidRDefault="003A4558" w:rsidP="001E058A">
+      <w:pPr>
+        <w:spacing w:after="28" w:line="336" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F9E0096" w14:textId="7F7CD089" w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:spacing w:after="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[Firma]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    <w:p w14:paraId="5B894126" w14:textId="77777777" w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[Vorname] [Name]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    <w:p w14:paraId="3B9533A9" w14:textId="77777777" w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[Straße] [Hausnummer]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    <w:p w14:paraId="65EBA09A" w14:textId="77777777" w:rsidR="007232BF" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:spacing w:after="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[PLZ] [Stadt]</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    </w:p>
+    <w:p w14:paraId="1B7D155B" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidSect="00887B6C">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11905" w:h="16837"/>
           <w:pgMar w:top="2552" w:right="1247" w:bottom="289" w:left="1247" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="312" w:charSpace="38911"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[Länderkennung bei Auslandssendungen]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5" w:rsidP="00671EB5">
+    <w:p w14:paraId="28A8FCA2" w14:textId="77777777" w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5" w:rsidP="00671EB5">
       <w:pPr>
         <w:pStyle w:val="Rahmeninhalt"/>
         <w:spacing w:before="0" w:after="28" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5" w:rsidP="00671EB5">
+    <w:p w14:paraId="75F08BA5" w14:textId="77777777" w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5" w:rsidP="00671EB5">
       <w:pPr>
         <w:pStyle w:val="Rahmeninhalt"/>
         <w:spacing w:before="0" w:after="28" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
+    <w:p w14:paraId="282A2D02" w14:textId="77777777" w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:pStyle w:val="Rahmeninhalt"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2418"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="28" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5">
+    <w:p w14:paraId="750D6723" w14:textId="77777777" w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007A09E6">
+    <w:p w14:paraId="1E3A9983" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007A09E6">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[Ort], [Datum]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007A09E6">
+    <w:p w14:paraId="491FEA5D" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007A09E6">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002015FD" w:rsidRPr="006F2BFE" w:rsidRDefault="002015FD">
+    <w:p w14:paraId="686EDF54" w14:textId="77777777" w:rsidR="002015FD" w:rsidRPr="006F2BFE" w:rsidRDefault="002015FD">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
+    <w:p w14:paraId="007A88CA" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ihre Briefvorlage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
+    <w:p w14:paraId="77DE56BD" w14:textId="77777777" w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="006F2BFE">
+    <w:p w14:paraId="27B29B0E" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="006F2BFE">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lieber LetterXpress Kunde</w:t>
       </w:r>
       <w:r w:rsidR="007A09E6" w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
+    <w:p w14:paraId="09F339FC" w14:textId="77777777" w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="007A09E6">
+    <w:p w14:paraId="5304407A" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="007A09E6">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">bei diesem Schreiben handelt es sich um eine einfache Vorlage für </w:t>
       </w:r>
       <w:r w:rsidR="00505AF1" w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">einen Brief, der über </w:t>
       </w:r>
       <w:r w:rsidR="006F2BFE" w:rsidRPr="00664FCE">
@@ -391,111 +423,111 @@
       <w:r w:rsidR="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oder auf LetterXpress mit </w:t>
       </w:r>
       <w:r w:rsidR="00E47556">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LXP GO</w:t>
       </w:r>
       <w:r w:rsidR="004F56BA" w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> direkt als PDF hochladen. Wir kümmern uns dann um den Rest.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="007A09E6">
+    <w:p w14:paraId="652A708B" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="007A09E6">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Natürlich können Sie jederzeit auch andere Briefe versenden, die nicht auf dieser Vorlage beruhen. Sie sollten aber beachten, dass es einige Anforderungen gibt, die bei der Brieferstellung beachtet werden müssen. Am wichtigsten ist die korrekte Positionierung der Adresse, da Ihr Brief automatisch gefalzt und in einem </w:t>
       </w:r>
       <w:r w:rsidR="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fenster</w:t>
       </w:r>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">umschlag kuvertiert </w:t>
       </w:r>
       <w:r w:rsidR="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">und versendet </w:t>
       </w:r>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wird. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00664FCE" w:rsidRDefault="00664FCE">
+    <w:p w14:paraId="282C77BD" w14:textId="77777777" w:rsidR="00664FCE" w:rsidRDefault="00664FCE">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="007A09E6">
+    <w:p w14:paraId="4CFA4F12" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="007A09E6">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Viel Freude mit dem </w:t>
       </w:r>
       <w:r w:rsidR="00E47556">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="004F56BA" w:rsidRPr="00664FCE">
@@ -517,229 +549,229 @@
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Versand von Briefen</w:t>
       </w:r>
       <w:r w:rsidR="004F56BA" w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit LetterXpress</w:t>
       </w:r>
       <w:r w:rsidR="00373771" w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
+    <w:p w14:paraId="39B85555" w14:textId="77777777" w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
+    <w:p w14:paraId="6FAE7804" w14:textId="77777777" w:rsidR="00F32FCC" w:rsidRPr="00664FCE" w:rsidRDefault="00F32FCC">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="004F56BA">
+    <w:p w14:paraId="133F1F00" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidRDefault="004F56BA">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664FCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ihr LetterXpress Team</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007A09E6" w:rsidRPr="00664FCE" w:rsidSect="00671EB5">
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="2552" w:right="1247" w:bottom="289" w:left="1247" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326" w:charSpace="38911"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004C6625" w:rsidRDefault="004C6625" w:rsidP="00505AF1">
+    <w:p w14:paraId="2A776051" w14:textId="77777777" w:rsidR="00A162F4" w:rsidRDefault="00A162F4" w:rsidP="00505AF1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004C6625" w:rsidRDefault="004C6625" w:rsidP="00505AF1">
+    <w:p w14:paraId="42368CAB" w14:textId="77777777" w:rsidR="00A162F4" w:rsidRDefault="00A162F4" w:rsidP="00505AF1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVuSans">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HG Mincho Light J">
     <w:altName w:val="msmincho"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004C6625" w:rsidRDefault="004C6625" w:rsidP="00505AF1">
+    <w:p w14:paraId="07FBFF7F" w14:textId="77777777" w:rsidR="00A162F4" w:rsidRDefault="00A162F4" w:rsidP="00505AF1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004C6625" w:rsidRDefault="004C6625" w:rsidP="00505AF1">
+    <w:p w14:paraId="3CBF3C61" w14:textId="77777777" w:rsidR="00A162F4" w:rsidRDefault="00A162F4" w:rsidP="00505AF1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00505AF1" w:rsidRDefault="00E47556" w:rsidP="00505AF1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C9CEAE6" w14:textId="77777777" w:rsidR="00505AF1" w:rsidRDefault="00E47556" w:rsidP="00505AF1">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3599EAB4" wp14:editId="6CCDDDC5">
           <wp:extent cx="3195659" cy="591185"/>
           <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:docPr id="2" name="Grafik 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -748,164 +780,171 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3248495" cy="600959"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00505AF1"/>
     <w:rsid w:val="00031AE6"/>
     <w:rsid w:val="0005711F"/>
+    <w:rsid w:val="001E058A"/>
     <w:rsid w:val="002015FD"/>
     <w:rsid w:val="0025693F"/>
     <w:rsid w:val="00284363"/>
     <w:rsid w:val="002F65EC"/>
     <w:rsid w:val="00343610"/>
     <w:rsid w:val="00373771"/>
+    <w:rsid w:val="003A4558"/>
     <w:rsid w:val="004C6625"/>
     <w:rsid w:val="004F56BA"/>
     <w:rsid w:val="00505AF1"/>
     <w:rsid w:val="00511146"/>
     <w:rsid w:val="00575D91"/>
     <w:rsid w:val="005E7EA6"/>
+    <w:rsid w:val="005F4A67"/>
     <w:rsid w:val="00664FCE"/>
     <w:rsid w:val="00671EB5"/>
     <w:rsid w:val="006B598F"/>
     <w:rsid w:val="006F2BFE"/>
     <w:rsid w:val="007179ED"/>
     <w:rsid w:val="007232BF"/>
+    <w:rsid w:val="0074472C"/>
     <w:rsid w:val="007A09E6"/>
     <w:rsid w:val="007C4CBF"/>
     <w:rsid w:val="00887B6C"/>
+    <w:rsid w:val="008B63B8"/>
     <w:rsid w:val="00922BB1"/>
+    <w:rsid w:val="009E0387"/>
+    <w:rsid w:val="00A162F4"/>
     <w:rsid w:val="00A25098"/>
     <w:rsid w:val="00A312BA"/>
     <w:rsid w:val="00A63C64"/>
     <w:rsid w:val="00A85819"/>
     <w:rsid w:val="00A96F82"/>
     <w:rsid w:val="00B3080F"/>
     <w:rsid w:val="00CD33B8"/>
     <w:rsid w:val="00D32AC1"/>
     <w:rsid w:val="00D56F8E"/>
     <w:rsid w:val="00DB47C8"/>
     <w:rsid w:val="00E47556"/>
     <w:rsid w:val="00F32FCC"/>
     <w:rsid w:val="00F96744"/>
     <w:rsid w:val="00FB4A3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="42610B1E"/>
+  <w14:docId w14:val="133DAEBD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{052EE6FE-8CF8-42C3-BF27-F6A7864162D2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -977,98 +1016,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1450,51 +1492,51 @@
     <w:rsid w:val="007C4CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007C4CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="DejaVuSans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -1777,76 +1819,76 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54274B03-EBFD-47C7-B263-5848CBDE7E55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>147</Words>
-  <Characters>927</Characters>
+  <Characters>930</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1072</CharactersWithSpaces>
+  <CharactersWithSpaces>1075</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>LXP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>