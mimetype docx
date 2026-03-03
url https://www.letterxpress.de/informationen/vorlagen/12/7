--- v1 (2025-11-23)
+++ v2 (2026-03-03)
@@ -1,39 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="189853AB" w14:textId="564EAD0D" w:rsidR="003A4558" w:rsidRPr="003A4558" w:rsidRDefault="003A4558" w:rsidP="007232BF">
       <w:pPr>
         <w:pStyle w:val="Rahmeninhalt"/>
         <w:spacing w:before="0" w:after="0" w:line="336" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="6"/>
@@ -159,51 +163,56 @@
       <w:pPr>
         <w:spacing w:after="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[PLZ] [Stadt]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7D155B" w14:textId="77777777" w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidRDefault="007232BF" w:rsidP="007232BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="007A09E6" w:rsidRPr="006F2BFE" w:rsidSect="00887B6C">
-          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11905" w:h="16837"/>
           <w:pgMar w:top="2552" w:right="1247" w:bottom="289" w:left="1247" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="312" w:charSpace="38911"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[Länderkennung bei Auslandssendungen]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A8FCA2" w14:textId="77777777" w:rsidR="00671EB5" w:rsidRPr="006F2BFE" w:rsidRDefault="00671EB5" w:rsidP="00671EB5">
       <w:pPr>
         <w:pStyle w:val="Rahmeninhalt"/>
         <w:spacing w:before="0" w:after="28" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -696,129 +705,126 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60A3EBE8" w14:textId="77777777" w:rsidR="007A12E0" w:rsidRDefault="007A12E0">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="482F527C" w14:textId="77777777" w:rsidR="007A12E0" w:rsidRDefault="007A12E0">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="781F3CF8" w14:textId="77777777" w:rsidR="007A12E0" w:rsidRDefault="007A12E0">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="07FBFF7F" w14:textId="77777777" w:rsidR="00A162F4" w:rsidRDefault="00A162F4" w:rsidP="00505AF1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3CBF3C61" w14:textId="77777777" w:rsidR="00A162F4" w:rsidRDefault="00A162F4" w:rsidP="00505AF1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7C9CEAE6" w14:textId="77777777" w:rsidR="00505AF1" w:rsidRDefault="00E47556" w:rsidP="00505AF1">
+  <w:p w14:paraId="53276967" w14:textId="77777777" w:rsidR="007A12E0" w:rsidRDefault="007A12E0">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C9CEAE6" w14:textId="49132D94" w:rsidR="00505AF1" w:rsidRDefault="00505AF1" w:rsidP="00505AF1">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
-[...51 lines deleted...]
-    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6990FA4B" w14:textId="77777777" w:rsidR="007A12E0" w:rsidRDefault="007A12E0">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
@@ -841,58 +847,60 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00505AF1"/>
     <w:rsid w:val="00031AE6"/>
     <w:rsid w:val="0005711F"/>
     <w:rsid w:val="001E058A"/>
     <w:rsid w:val="002015FD"/>
     <w:rsid w:val="0025693F"/>
     <w:rsid w:val="00284363"/>
     <w:rsid w:val="002F65EC"/>
     <w:rsid w:val="00343610"/>
     <w:rsid w:val="00373771"/>
     <w:rsid w:val="003A4558"/>
     <w:rsid w:val="004C6625"/>
     <w:rsid w:val="004F56BA"/>
     <w:rsid w:val="00505AF1"/>
     <w:rsid w:val="00511146"/>
     <w:rsid w:val="00575D91"/>
     <w:rsid w:val="005E7EA6"/>
     <w:rsid w:val="005F4A67"/>
+    <w:rsid w:val="00617C3F"/>
     <w:rsid w:val="00664FCE"/>
     <w:rsid w:val="00671EB5"/>
     <w:rsid w:val="006B598F"/>
     <w:rsid w:val="006F2BFE"/>
     <w:rsid w:val="007179ED"/>
     <w:rsid w:val="007232BF"/>
     <w:rsid w:val="0074472C"/>
     <w:rsid w:val="007A09E6"/>
+    <w:rsid w:val="007A12E0"/>
     <w:rsid w:val="007C4CBF"/>
     <w:rsid w:val="00887B6C"/>
     <w:rsid w:val="008B63B8"/>
     <w:rsid w:val="00922BB1"/>
     <w:rsid w:val="009E0387"/>
     <w:rsid w:val="00A162F4"/>
     <w:rsid w:val="00A25098"/>
     <w:rsid w:val="00A312BA"/>
     <w:rsid w:val="00A63C64"/>
     <w:rsid w:val="00A85819"/>
     <w:rsid w:val="00A96F82"/>
     <w:rsid w:val="00B3080F"/>
     <w:rsid w:val="00CD33B8"/>
     <w:rsid w:val="00D32AC1"/>
     <w:rsid w:val="00D56F8E"/>
     <w:rsid w:val="00DB47C8"/>
     <w:rsid w:val="00E47556"/>
     <w:rsid w:val="00F32FCC"/>
     <w:rsid w:val="00F96744"/>
     <w:rsid w:val="00FB4A3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -1499,55 +1507,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007C4CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="DejaVuSans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>